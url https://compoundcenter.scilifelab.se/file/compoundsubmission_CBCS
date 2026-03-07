--- v0 (2025-10-08)
+++ v1 (2026-03-07)
@@ -1,80 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\asa.slevin\OneDrive - KI.SE\Dokument\HEMMAJOBB\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DE3CD566-008F-40B3-A7E8-4D0BC804EF99}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="480" yWindow="120" windowWidth="27795" windowHeight="14370"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="180904_3 solids _DP_AS_074" sheetId="1" r:id="rId1"/>
+    <sheet name="Submission" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5" uniqueCount="5">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Vial ID</t>
   </si>
   <si>
-    <t>Submitted Amount (mg)</t>
+    <t>SMILES</t>
   </si>
   <si>
-    <t>Vial Comment</t>
+    <t>External ID</t>
   </si>
   <si>
-    <t>Project</t>
+    <t>Volume (µl)</t>
+  </si>
+  <si>
+    <t>Amount (mg)</t>
+  </si>
+  <si>
+    <t>Tube ID</t>
+  </si>
+  <si>
+    <t>Comment</t>
+  </si>
+  <si>
+    <t>Plate or Rack ID</t>
+  </si>
+  <si>
+    <t>Well/Position</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Cambria"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
@@ -509,52 +527,53 @@
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
@@ -562,100 +581,103 @@
     <cellStyle name="Bad" xfId="7" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Calculation" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Check Cell" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Explanatory Text" xfId="16" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -683,51 +705,51 @@
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -856,94 +878,112 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.7109375" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="10.7109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="6.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="14.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="7.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="9.7109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="12.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" t="s">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" t="s">
-        <v>1</v>
+      <c r="D1" s="1" t="s">
+        <v>7</v>
       </c>
-      <c r="C1" t="s">
-        <v>2</v>
+      <c r="E1" s="1" t="s">
+        <v>8</v>
       </c>
-      <c r="D1" t="s">
+      <c r="F1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" t="s">
+      <c r="I1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>180904_3 solids _DP_AS_074</vt:lpstr>
+      <vt:lpstr>Submission</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Åsa Slevin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>